--- v0 (2025-11-04)
+++ v1 (2026-01-09)
@@ -1,2187 +1,3391 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="04CCD0DC" w14:textId="0F4753B6" w:rsidR="008F40FD" w:rsidRPr="002868F1" w:rsidRDefault="008F40FD" w:rsidP="00CE4891">
+    <w:p w14:paraId="04CCD0DC" w14:textId="1794421A" w:rsidR="008F40FD" w:rsidRPr="002868F1" w:rsidRDefault="008F40FD" w:rsidP="00CE4891">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00075BA4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="002868F1">
-        <w:t>Primo tempo di catechesi</w:t>
+      <w:r w:rsidR="00394621">
+        <w:t>Prima Fase – modulo 2</w:t>
       </w:r>
       <w:r w:rsidR="00E73391" w:rsidRPr="002868F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0E34DB" w14:textId="69FC262D" w:rsidR="000F6F08" w:rsidRPr="002868F1" w:rsidRDefault="008F40FD" w:rsidP="00CE4891">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002868F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E73391" w:rsidRPr="002868F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">CELEBRAZIONE </w:t>
       </w:r>
       <w:r w:rsidRPr="002868F1">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">BATTESIMALE </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25676B7A" w14:textId="5E59B269" w:rsidR="008F40FD" w:rsidRPr="002868F1" w:rsidRDefault="008F40FD" w:rsidP="00CE4891">
+    <w:p w14:paraId="25676B7A" w14:textId="1BD96857" w:rsidR="008F40FD" w:rsidRPr="002868F1" w:rsidRDefault="00256714" w:rsidP="00CE4891">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002868F1">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Chiamati da Te</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="751AAA76" w14:textId="77777777" w:rsidR="00E73391" w:rsidRDefault="00E73391" w:rsidP="00E73391">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="259CDA0F" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="008D6A04">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>La celebrazione inizia direttamente in chiesa: i ragazzi e i loro educatori vengono invitati a prendere posto, se possibile, in presbiterio attorno all’altare e all’ambone.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D663424" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="008D6A04">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Accanto all’ambone si colloca il cero pasquale acceso, mentre vicino all’altare sono posizionate delle candele sulle quali sono riportati i nomi di ciascuno dei ragazzi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6268817A" w14:textId="77777777" w:rsidR="005241C6" w:rsidRDefault="005241C6" w:rsidP="005241C6"/>
+    <w:p w14:paraId="69F94BB6" w14:textId="19CAB82C" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="009C6A70" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CANTO INIZIALE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BDA8240" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28C391C4" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Nel nome del Padre e del Figlio e dello Spirito Santo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71BBCEBD" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009D3A2B">
-[...29 lines deleted...]
-    <w:p w14:paraId="751AAA76" w14:textId="77777777" w:rsidR="00E73391" w:rsidRDefault="00E73391" w:rsidP="00E73391">
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CF70DE3" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CDCA697" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Il Dio della speranza, che ci riempie di ogni gioia e pace nella fede per la potenza dello Spirito Santo, sia con tutti voi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77EFC29F" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E con il tuo spirito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="440A50D0" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5ACB0990" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Cari ragazze e cari ragazzi, cari educatori, ci ritroviamo qui in chiesa, attorno all’altare, per ricordare con gratitudine il giorno in cui i vostri genitori hanno chiesto per voi il dono del battesimo: con questo sacramento ognuno di noi è entrato a far parte della comunità cristiana, l’equipaggio dei figli di Dio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A3AB686" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>Prima di rinnovare insieme il nostro impegno a vivere la missione che Gesù ci ha affidato, quella di vivere come lui, desideriamo metterci in ascolto della sua Parola.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79790B04" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33A89E93" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vieni, Signore, con il tuo Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66D84CA2" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e apri i nostri orecchi per ascoltare la tua voce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1300DDE3" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vieni, Signore, con il tuo Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="234D0AAF" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e prepara i nostri cuori a ricevere il dono della tua Parola.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D9F9E69" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vieni, Signore, con il tuo Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F8CFCE2" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e illumina i nostri occhi per comprendere la tua Verità.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ECE42AA" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vieni, Signore, con il tuo Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E0686B" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e muovi i nostri piedi per camminare secondo la tua volontà.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3112CA08" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vieni, Signore, con il tuo Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38DD63CE" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e allarga le nostre mani per poter fare il bene che suggerisci.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="204AB9F1" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Vieni, Signore, con il tuo Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DCC1FCD" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>e donaci la gioia di essere una sola cosa con te e tra di noi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AECDFBA" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35163366" w14:textId="77777777" w:rsidR="00394621" w:rsidRDefault="00394621" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7C4FBDE8" w14:textId="61668557" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>L – Dalla Prima lettera di san Pietro apostolo (1Pt 2,1-5)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A35573C" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>Fratelli, allontanate dunque ogni genere di cattiveria e di frode, ipocrisie, gelosie e ogni maldicenza. Come bambini appena nati desiderate avidamente il genuino latte spirituale, grazie al quale voi possiate crescere verso la salvezza, se davvero avete gustato che buono è il Signore. Avvicinandovi a lui, pietra viva, rifiutata dagli uomini ma scelta e preziosa davanti a Dio, quali pietre vive siete costruiti anche voi come edificio spirituale, per un sacerdozio santo e per offrire sacrifici spirituali graditi a Dio, mediante Gesù Cristo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B604648" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0774F574" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Breve riflessione dell’assistente, seguono alcuni istanti di silenzio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CF90695" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6FFA1F6B" w14:textId="77777777" w:rsidR="00F04809" w:rsidRDefault="00F04809" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="687E58BE" w14:textId="067274DE" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Care ragazze e ragazzi, il giorno del vostro battesimo, consegnando il cero ai vostri papà, il sacerdote che vi ha battezzato a detto loro queste parole: “A voi, genitori, e a voi, padrini e madrine, è affidato questo segno pasquale, fiamma che sempre dovete alimentare. Abbiate cura che i vostri bambini, illuminati da Cristo, vivano sempre come figli della luce; e perseverando nella fede, vadano incontro al Signore che viene, con tutti i santi, nel regno dei cieli”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="521F7053" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>Oggi è giunto il momento di alimentare da voi stessi la fiamma della vostra fede, rinnovando insieme la gioia di far tutti parte dell’unico popolo di Dio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B25114C" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>Vi invito, perciò, ad accendere ora al Cero pasquale la candela che porta il vostro nome: una volta accese tutte, nella preghiera e nella fraternità che ci unisce, rinnoveremo assieme la nostra professione di fede.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78154EB9" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6479FF4C" w14:textId="6994439B" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Durante il canto, ogni ragazza/o si avvicina all’altare, prende la candela con il proprio nome e poi va al Cero pasquale per accenderla.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3743FC9F" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="001950B1" w14:textId="77777777" w:rsidR="00F04809" w:rsidRDefault="00F04809" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="463F3CD3" w14:textId="6FC00A01" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="009C6A70" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CANTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C9422B4" w14:textId="77777777" w:rsidR="00F04809" w:rsidRDefault="00F04809" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2CB94217" w14:textId="66393ADD" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Rinunciate al peccato, per vivere nella libertà dei figli di Dio? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A292454" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rinuncio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77638F4B" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Rinunciate alle seduzioni del male, per non lasciarvi dominare dal peccato? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="417D15D9" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rinuncio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76BC0B5B" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Rinunciate a satana, origine e causa di ogni peccato? </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="270CA6FC" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rinuncio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BACF49A" w14:textId="77777777" w:rsidR="00F04809" w:rsidRPr="008D6A04" w:rsidRDefault="00F04809" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E23955" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Credete in Dio Padre onnipotente, creatore del cielo e della terra?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05BE4F78" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Credo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70FB5D0C" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Credete in Gesù Cristo, suo unico Figlio, nostro Signore, che nacque da Maria Vergine, morì e fu sepolto, è risuscitato dai morti e siede alla destra del Padre?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="762D86DF" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Credo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09B061B1" w14:textId="77777777" w:rsidR="009C6A70" w:rsidRDefault="009C6A70" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B9C2068" w14:textId="3630D035" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Credete nello Spirito Santo, la santa Chiesa cattolica, la comunione dei</w:t>
+      </w:r>
+      <w:r w:rsidR="00F04809">
+        <w:t xml:space="preserve"> s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>anti, la remissione dei peccati, la risurrezione della carne e la vita eterna?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E4DC642" w14:textId="28F63ABE" w:rsidR="00F04809" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Credo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B262F08" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Questa è la nostra fede. Questa è la fede della Chiesa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12E7193B" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>E noi ci gloriamo di professarla, in Cristo Gesù nostro Signore.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46BF9F4F" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404F805A" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="44FBD0B1" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – E ora, tutti insieme, come le prime comunità cristiane, uniamo le nostre voci nell’unica preghiera che Gesù ci ha insegnato e che ci raccoglie in unità con tutti, specialmente i più bisognosi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B81E188" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10B5DFF9" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Padre nostro, che sei nei cieli...</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C5E0476" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2DDDF4C4" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Il Signore sia con voi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3703CB23" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E con il tuo spirito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2794BF94" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10865DA5" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Concedi al popolo cristiano, o Signore, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC3445B" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>di conoscere profondamente la verità che professa </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1722207E" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>e di amare il mistero che celebra. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1345358D" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>Per Cristo nostro Signore.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61242967" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="435543B0" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="391286A9" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">P – E doni a tutti la sua pace Dio onnipotente, Padre e Figlio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve"> e Spirito Santo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16C4E56D" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1AA24CE2" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F6C3C1D" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t>P – Andate in pace e portate a tutti la luce di chi ha incontrato Gesù.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="564AFF59" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00F04809">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rendiamo grazie a Dio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1632D8DE" w14:textId="77777777" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37B686D4" w14:textId="6879951C" w:rsidR="008D6A04" w:rsidRPr="008D6A04" w:rsidRDefault="008D6A04" w:rsidP="00394621">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="008D6A04">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="009C6A70">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ANTO FINALE</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DEAB911" w14:textId="79CFF47D" w:rsidR="002425E8" w:rsidRDefault="002425E8">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...286 lines deleted...]
-      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:b/>
-[...170 lines deleted...]
-        <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi"/>
         </w:rPr>
-      </w:pPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1CE620AC" w14:textId="413BCB1E" w:rsidR="00B276F2" w:rsidRPr="00B276F2" w:rsidRDefault="003300FD" w:rsidP="005241C6">
+    <w:p w14:paraId="62B55D55" w14:textId="2605092F" w:rsidR="002425E8" w:rsidRPr="002868F1" w:rsidRDefault="002425E8" w:rsidP="002425E8">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B276F2" w:rsidRPr="00B276F2">
-[...3 lines deleted...]
-    <w:p w14:paraId="0644D790" w14:textId="04F7AF9C" w:rsidR="005F205B" w:rsidRPr="00130527" w:rsidRDefault="00B276F2" w:rsidP="005241C6">
+      <w:r w:rsidR="00C934DF">
+        <w:t>Seconda</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Fase – modulo </w:t>
+      </w:r>
+      <w:r w:rsidR="00C934DF">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002868F1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62CA7153" w14:textId="10DADC0E" w:rsidR="002425E8" w:rsidRPr="002868F1" w:rsidRDefault="002425E8" w:rsidP="002425E8">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00130527">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002868F1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001A3EE5" w:rsidRPr="00130527">
-[...7 lines deleted...]
-    <w:p w14:paraId="13A6910C" w14:textId="4A727AFC" w:rsidR="00B276F2" w:rsidRPr="00130527" w:rsidRDefault="00B276F2" w:rsidP="005241C6">
+      <w:r w:rsidRPr="002868F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CELEBRAZIONE </w:t>
+      </w:r>
+      <w:r w:rsidR="00C934DF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>PENITENZIALE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002868F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0B6A6921" w14:textId="3276C23D" w:rsidR="002425E8" w:rsidRPr="002868F1" w:rsidRDefault="00C934DF" w:rsidP="002425E8">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00130527">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Spazi di Misericordia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C4FC0A7" w14:textId="77777777" w:rsidR="002425E8" w:rsidRPr="006079BD" w:rsidRDefault="002425E8" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31DB4133" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Nel luogo dove si vive la celebrazione, sia messo in evidenza un Crocifisso o un’immagine del Crocifisso.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="436109F2" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CC764E3" w14:textId="7B4161C7" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CANTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08764411" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1DED5C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">P – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Nel nome del Padre e del Figlio e dello Spirito Santo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6327AA34" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003C1B45">
-[...173 lines deleted...]
-        <w:t xml:space="preserve">Entrò nella città di Gerico e la stava attraversando, quand'ecco un uomo, di nome Zaccheo, capo dei pubblicani e ricco, cercava di vedere chi era Gesù, ma non gli riusciva a causa della folla, perché era piccolo di statura. Allora corse avanti e, per riuscire a vederlo, salì su un </w:t>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B9672F" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AB824D4" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – Grazia a voi e pace</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0569C00C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>da Dio nostro Padre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44F9368B" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e dal Signore nostro Gesù Cristo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27AE5674" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>che ha dato la sua vita per i nostri peccati.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66375F74" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Benedetto nei secoli il Signore!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7555D1A2" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="785834A6" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – Care ragazze e cari ragazzi, cari educatori!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AE8CDCC" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">L’esperienza del perdono che il Signore ci offre ogni volta che ci rivolgiamo a lui con cuore disponibile, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00663747">
-        <w:t>sicomòro</w:t>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>ri</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00663747">
-[...174 lines deleted...]
-    <w:p w14:paraId="3FB698BC" w14:textId="46A340F1" w:rsidR="00230DB8" w:rsidRDefault="00230DB8" w:rsidP="00DB43D0">
+      <w:r w:rsidRPr="006079BD">
+        <w:t>-orienta continuamente la nostra vita verso il Bene, crea spazi nuovi, spazi di misericordia, nella vita nostra e di quanti incontriamo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="002BF0F1" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>In alcuni istanti di silenzio prepariamo il nostro cuore a ricevere questo dono di grazia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30C6FB55" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5CA4C50B" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Breve momento di silenzio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38282511" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7722D07E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – Preghiamo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DA57161" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Padre di misericordia e Dio di ogni consolazione,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EFB569B" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>che non vuoi la morte,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B362CE9" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>ma la conversione dei peccatori,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5865ADC0" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>soccorri il tuo popolo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FC7870D" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>perché torni a te e viva.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3494D192" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Donaci di ascoltare la tua voce</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C388B54" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e di confessare i nostri peccati;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="304605AF" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>fa' che riconoscenti per il tuo perdono</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0954E132" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>testimoniamo la tua verità</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="184FEDBE" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e progrediamo in tutto e sempre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D605CCD" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>nell'adesione al Cristo tuo Figlio,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04D508F5" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>che vive e regna nei secoli dei secoli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7BC5425E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59900629" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="05493009" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tutti si siedono.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63C47447" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C4869DA" w14:textId="77777777" w:rsidR="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F0AFD8D" w14:textId="77777777" w:rsidR="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02ADABAD" w14:textId="4111B2F3" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">L1 – Dal Vangelo secondo Giovanni </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(13,21-30)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B9FC431" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Gesù fu profondamente turbato e dichiarò: "In verità, in verità io vi dico: uno di voi mi tradirà". I discepoli si guardavano l'un l'altro, non sapendo bene di chi parlasse. Ora uno dei discepoli, quello che Gesù amava, si trovava a tavola al fianco di Gesù. Simon Pietro gli fece cenno di informarsi chi fosse quello di cui parlava. Ed egli, chinandosi sul petto di Gesù, gli disse: "Signore, chi è?". Rispose Gesù: "È colui per il quale intingerò il boccone e glielo darò". E, intinto il boccone, lo prese e lo diede a Giuda, figlio di Simone Iscariota. Allora, dopo il boccone, Satana entrò in lui. Gli disse dunque Gesù: "Quello che vuoi fare, fallo presto". Nessuno dei commensali capì perché gli avesse detto questo; alcuni infatti pensavano che, poiché Giuda teneva la cassa, Gesù gli avesse detto: "Compra quello che ci occorre per la festa", oppure che dovesse dare qualche cosa ai poveri. Egli, preso il boccone, subito uscì. Ed era notte.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B367C6C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="145005F1" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">L2 – Dalle parole di papa Leone XIV </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(Udienza generale, 20 agosto 2025)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D00A5B2" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>È colui per il quale intingerò il boccone e glielo darò</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">» (Gv 13,26). Con questo gesto semplice e umile, Gesù porta avanti e a fondo il suo amore. Non perché ignori ciò che accade, ma proprio perché vede con chiarezza. Ha compreso che la libertà dell’altro, anche quando si smarrisce nel male, può ancora essere raggiunta dalla luce di un gesto mite. Perché sa che il vero perdono non aspetta il pentimento, ma si offre per primo, come dono gratuito, ancor prima di essere accolto. [...] </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CE191E0" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>È qui che il perdono si rivela in tutta la sua potenza e manifesta il volto concreto della speranza. Non è dimenticanza, non è debolezza. È la capacità di lasciare libero l’altro, pur amandolo fino alla fine. L’amore di Gesù non nega la verità del dolore, ma non permette che il male sia l’ultima parola. Questo è il mistero che Gesù compie per noi, al quale anche noi, a volte, siamo chiamati a partecipare.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74A63402" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Quante relazioni si spezzano, quante storie si complicano, quante parole non dette restano sospese. Eppure, il Vangelo ci mostra che c’è sempre un modo per continuare ad amare, anche quando tutto sembra irrimediabilmente compromesso. Perdonare non significa negare il male, ma impedirgli di generare altro male. Non è dire che non è successo nulla, ma fare tutto il possibile perché non sia il rancore a decidere il futuro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="272637D3" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="00386050" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Breve riflessione dell’assistente</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DD39B8E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A035CCD" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – Papa Francesco diceva spesso che il nostro cuore «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>punta sempre in qualche direzione: è come una bussola in cerca di orientamento</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E0BC785" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Se ci muoviamo verso il Bene, siamo liberi e capaci di generare «spazi di misericordia» nelle nostre vite. Se, invece, rimaniamo legati al male, rischiamo come Giuda di chiuderci in noi stessi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64F21B4D" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Ecco perché Gesù ci offre il suo perdono: perché – come ci ha ricordato papa Leone – il male non abbia mai l’ultima parola!</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="370E5129" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Ognuno di voi, riceverà ora un foglio con una bussola: sul retro siete invitati a scrivere una parola di bene, un piccolo impegno di bene, che in forza del perdono ricevuto dal Signore volete offrire ad una persona che vi è cara, per allargare sempre più l’orizzonte e la direzione del Bene.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B4C52DC" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A1387E7" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Breve momento di silenzio in cui ciascuno scrive sul retro della propria bussola un piccolo impegno di Bene da vivere dopo la celebrazione del sacramento della Riconciliazione.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A519BC8" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0240DDE9" w14:textId="77777777" w:rsidR="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="163C1535" w14:textId="77777777" w:rsidR="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="07D23308" w14:textId="0D8DDBF6" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – E ora offrite personalmente al Signore il vostro impegno a puntare sempre nella direzione che lui ha tracciato per noi sulla Croce, facendo del suo Cuore il primo vero «spazio di misericordia».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25FC788C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61A96701" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>iascuno si avvicina personalmente alla Croce e orienta la propria bussola verso la Croce e verso il Cuore di Gesù.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AE16A87" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74C09CB9" w14:textId="2068101F" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ANTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C4963B0" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="468221CA" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">Nella gioia pasquale del Bene che vince il male, rivolgiamo insieme la nostra preghiera al Padre con le parole che Gesù ha pregato e ci ha insegnato: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="09572DD5" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Padre nostro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="708609FC" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6139FEEF" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>O Dio nostro Padre,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08F5F05E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>che ci hai riconciliati a te</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E12FBF2" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>con la remissione dei peccati,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19585CCA" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>fa' che impariamo a perdonare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6DEC7E1B" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>l'un l'altro le nostre offese</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AED203" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e diveniamo operatori di pace nel mondo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61BB8ED6" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Per Cristo nostro Signore.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73638819" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>T –</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4C69178D" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76B9486C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Benedizione e congedo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01C3A757" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">P – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Il Signore sia con voi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F76502" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E con il tuo spirito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32EAE49B" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7850E7D8" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – Dio nostro Padre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52DB4BFE" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>non vuole la morte del peccatore,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41FF394C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>ma che si converta e viva;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7745F345" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>egli che per primo ci ha amati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51929607" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e ha mandato il suo Figlio</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F925D09" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>per la salvezza del mondo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2D0821F3" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>faccia risplendere su di voi la sua misericordia</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C0B2E89" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e vi dia la sua pace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="44050DA5" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10E93E8C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F113EE6" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – Il Signore Gesù Cristo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33A6E6AE" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>si è offerto alla morte per i nostri peccati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24EC74FC" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>ed è risorto per la nostra giustificazione;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E509DDF" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>egli che nell'effusione dello Spirito</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15C541F1" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>ha dato ai suoi Apostoli il potere</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B7F6A6E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>di rimettere i peccati,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7222DA6B" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>mediante il nostro ministero vi liberi dal male</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E22409E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e vi riempia di Spirito Santo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4315D014" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36DC7193" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FDD3DE" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">P – Lo Spirito </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>Paràclito</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="41B5BFB8" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>ci è stato dato per la remissione dei peccati</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7488C80A" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e in lui possiamo presentarci al Padre;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E6F0B70" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>egli purifichi e illumini i vostri cuori</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45169F6E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>e vi renda degni di annunziare</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEF0D57" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>le grandi opere del Signore,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60DF75EE" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>che vi ha chiamato dalle tenebre</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77BC158E" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>alla sua ammirabile luce.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0593F096" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178151AF" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="572759F9" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>P – E la benedizione di Dio onnipotente,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB39687" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">Padre e Figlio </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>+</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve"> e Spirito Santo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53A27030" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t>discenda su di voi e con voi rimanga sempre.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19B6D5A7" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162F36F2" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2C5B9C23" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>P – Andate in pace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5181A35C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Rendiamo grazie a Dio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7564E68C" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3AED78CE" w14:textId="7E1B1F73" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>CANTO</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="434038B3" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11CBF7E8" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006079BD">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Terminato il canto e la celebrazione, l’assistente si rende disponibile per le confessioni dei ragazzi che desiderano accostarsi al Sacramento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39E35EB7" w14:textId="77777777" w:rsidR="0021794F" w:rsidRDefault="0021794F" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CFE6AD8" w14:textId="6755B25D" w:rsidR="006079BD" w:rsidRDefault="006079BD">
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37E97250" w14:textId="0CB19825" w:rsidR="0021794F" w:rsidRPr="007C7584" w:rsidRDefault="007C7584" w:rsidP="00957F5B">
+    <w:p w14:paraId="3305D997" w14:textId="29E2BA8F" w:rsidR="006079BD" w:rsidRPr="002868F1" w:rsidRDefault="006079BD" w:rsidP="006079BD">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021794F" w:rsidRPr="007C7584">
-[...3 lines deleted...]
-    <w:p w14:paraId="6FEA0829" w14:textId="14267EB6" w:rsidR="0021794F" w:rsidRPr="004A38B6" w:rsidRDefault="007C7584" w:rsidP="00957F5B">
+      <w:r w:rsidR="00736E53">
+        <w:t>Terza</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Fase – modulo </w:t>
+      </w:r>
+      <w:r w:rsidR="00736E53">
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002868F1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02793D0B" w14:textId="1E116F73" w:rsidR="006079BD" w:rsidRPr="002868F1" w:rsidRDefault="006079BD" w:rsidP="006079BD">
       <w:pPr>
         <w:pStyle w:val="Titolo2025-26"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="002868F1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002868F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">CELEBRAZIONE </w:t>
+      </w:r>
+      <w:r w:rsidR="00736E53">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EUCARISTICA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002868F1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0027718B" w14:textId="51B78F64" w:rsidR="006079BD" w:rsidRPr="002868F1" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:pStyle w:val="Titolo2025-26"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0021794F" w:rsidRPr="004A38B6">
-[...610 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00736E53">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Al centro del mio cuore</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="043B8ADD" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="006079BD" w:rsidRDefault="006079BD" w:rsidP="006079BD">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0209995B" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Partecipando in modo attivo e consapevole alla mensa eucaristica, i ragazzi possono incontrare il Signore Risorto che ci incontra nel volto dei fratelli e delle sorelle e che ci raccoglie in unità.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="454CD6A1" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FD2BC87" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Accordandosi con il celebrante e con quanti si occupano della preparazione e dell’animazione delle liturgie in parrocchia, i ragazzi possono:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42974FF3" w14:textId="380BB082" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">assegnare a qualcuno il compito di leggere le letture, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41E2ED00" w14:textId="224276A6" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>scegliere e animare i canti,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39AAFD08" w14:textId="339EF003" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...12 lines deleted...]
-      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>preparare e leggere le preghiere dei fedeli,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6FB9E230" w14:textId="4D41A27F" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="5"/>
+          <w:numId w:val="7"/>
         </w:numPr>
-      </w:pPr>
-[...167 lines deleted...]
-          <w:bCs/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>individuare chi porta i doni alla processione offertoriale.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="492733D0" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FFB8D72" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Particolare rilievo può essere dato alla preghiera del </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>Padre nostro</w:t>
       </w:r>
-    </w:p>
-[...39 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId13"/>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e allo scambio della pace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="706E5B47" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54B09F37" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Terminata la dossologia della Preghiera eucaristica, i ragazzi con i loro educatori si dispongono in modo sparso tra i banchi della chiesa.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16D8D487" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="175E06D4" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>P – Nella galassia delle relazioni che viviamo quotidianamente, il Signore Gesù ci ha offerto un punto di riferimento, una stella polare, attorno alla quale far convergere tutto quello che facciamo e viviamo: è il cuore di Dio, suo e nostro Padre buono, che ci chiama tutti suoi figli e ci raccoglie in unità con il dono dello Spirito Santo. Animati da questo spirito e con le parole che Gesù ci ha insegnato, insieme diciamo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D38A6F2" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Padre nostro.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="516940AB" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4DE2C726" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Durante la preghiera i ragazzi e gli educatori alzano le mani verso il cielo e invitano le persone che hanno accanto a fare altrettanto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FFECD48" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D15F9C8" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P – Liberaci, o Signore, da tutti i mali, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F1C3118" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">concedi la pace ai nostri giorni, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47942B7A" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e con l’aiuto della tua misericordia  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1A54C548" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vivremo sempre liberi dal peccato  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41212C74" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e sicuri da ogni turbamento, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30B33B0E" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nell’attesa che si compia la beata speranza  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66ED448D" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e venga il nostro salvatore Gesù Cristo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="376BC577" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tuo è il regno, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C8343D1" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>tua la potenza e la gloria nei secoli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12CD7DBF" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="705DD38A" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">P – I ragazzi e le ragazze della fascia 12-14 anni dell’Acr sono in mezzo a noi con i loro educatori per condividere con noi il gusto buono della fraternità che nasce dal celebrare assieme l’Eucaristia e del nutrirci tutti dell’unico pane. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A893617" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Con loro ci rivolgiamo al Signore Risorto per chiedergli di poter custodire sempre il dono della fraternità e della pace che egli ci ha donato con la sua Pasqua.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CECEBFE" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08264EBC" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Signore Gesù Cristo, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A74582" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">che hai detto ai tuoi apostoli: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C226371" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">«Vi lascio la pace, vi do la mia pace»,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E4DD05F" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">non guardare ai nostri peccati, </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0A3FC320" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ma alla fede della tua Chiesa,  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2D6AC8" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e donale unità e pace  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2866516D" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>secondo la tua volontà.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="784E831C" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Tu che vivi e regni nei secoli dei secoli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7708B212" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Amen.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23A441C5" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F7BE553" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>P – La pace del Signore sia sempre con voi.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F199B48" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">T – </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>E con il tuo spirito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14671C5C" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B7AAFF" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>P – Nello spirito di Gesù Risorto, che ci rende una compagnia di fratelli e sorelle, scambiatevi il dono della pace e siate gli uni per gli altri testimoni di fraternità.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B27CD9A" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71078C65" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>I ragazzi e gli educatori, preparati per tempo, vivono lo scambio della pace con calma, guardando negli occhi le persone che hanno più vicino, stringendo loro le mani e – se possibile – formulando anche un messaggio o un augurio di fraternità e di pace.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49A1FDD8" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00736E53">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>La celebrazione eucaristica poi prosegue e si conclude normalmente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66942ABF" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D38D513" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6853251F" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="58C413B1" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="753449AF" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71FBBD5A" w14:textId="77777777" w:rsidR="00736E53" w:rsidRPr="00736E53" w:rsidRDefault="00736E53" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DA88814" w14:textId="77777777" w:rsidR="006079BD" w:rsidRPr="00736E53" w:rsidRDefault="006079BD" w:rsidP="00736E53">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="006079BD" w:rsidRPr="00736E53" w:rsidSect="008F40FD">
+      <w:headerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="06232D65" w14:textId="77777777" w:rsidR="00EA40EF" w:rsidRDefault="00EA40EF" w:rsidP="00606B7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="75777783" w14:textId="77777777" w:rsidR="00EA40EF" w:rsidRDefault="00EA40EF" w:rsidP="00606B7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-    <w:panose1 w:val="02020603050405020304"/>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="55B0C388" w14:textId="77777777" w:rsidR="00EA40EF" w:rsidRDefault="00EA40EF" w:rsidP="00606B7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="2B5FB8E7" w14:textId="77777777" w:rsidR="00EA40EF" w:rsidRDefault="00EA40EF" w:rsidP="00606B7D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="43C3EA1E" w14:textId="21363BD9" w:rsidR="00606B7D" w:rsidRDefault="000E2A86">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B83536B" wp14:editId="74B45DCF">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3B83536B" wp14:editId="73D464ED">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>4629785</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
-            <wp:posOffset>-452120</wp:posOffset>
+            <wp:posOffset>-449580</wp:posOffset>
           </wp:positionV>
-          <wp:extent cx="1628775" cy="1148080"/>
+          <wp:extent cx="1628775" cy="1104900"/>
           <wp:effectExtent l="0" t="0" r="9525" b="0"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="1148520297" name="Immagine 5" descr="Immagine che contiene Carattere, Elementi grafici, simbolo, design&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="1148520297" name="Immagine 5" descr="Immagine che contiene Carattere, Elementi grafici, simbolo, design&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect l="10120" r="10120"/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
-                    <a:ext cx="1628775" cy="1148080"/>
+                    <a:ext cx="1628775" cy="1104900"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E42394A" wp14:editId="36E47048">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2E42394A" wp14:editId="5BE802B0">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
             <wp:posOffset>0</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-205831</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="1329489" cy="640528"/>
           <wp:effectExtent l="0" t="0" r="4445" b="7620"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="373411706" name="Immagine 4" descr="Immagine che contiene testo, Carattere, logo, Elementi grafici&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="373411706" name="Immagine 4" descr="Immagine che contiene testo, Carattere, logo, Elementi grafici&#10;&#10;Il contenuto generato dall'IA potrebbe non essere corretto."/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId2">
@@ -2212,60 +3416,50 @@
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="723A74E8" w14:textId="6AB08F46" w:rsidR="00606B7D" w:rsidRDefault="00606B7D">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="51DD62AE" w14:textId="60CC0B00" w:rsidR="008F40FD" w:rsidRDefault="008F40FD">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="2109E905" w14:textId="5E94EC44" w:rsidR="00606B7D" w:rsidRDefault="00606B7D">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="A47BA328"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
@@ -2276,50 +3470,162 @@
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B106D55"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6B6C7EA6"/>
+    <w:lvl w:ilvl="0" w:tplc="4C4A38DA">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cs="Arial" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="21ED3F4D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="05F25AD8"/>
     <w:lvl w:ilvl="0" w:tplc="3E6E52A6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Aptos" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Aptos" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
@@ -2387,102 +3693,215 @@
     <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="579A8860"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FFFFFFFF"/>
     <w:lvl w:ilvl="0" w:tplc="FFFFFFFF">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="FFFFFFFF">
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A867FB9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="635C2020"/>
+    <w:lvl w:ilvl="0" w:tplc="04100001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04100001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04100003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EE51366"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BCF0D4B2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2587,51 +4006,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="726D22FB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8278A4B6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2737,169 +4156,187 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1667246476">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1889023739">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="709379587">
-    <w:abstractNumId w:val="2"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="879052153">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="623535320">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="6" w16cid:durableId="759525909">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="623535320">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="7" w16cid:durableId="23675064">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="283"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00606B7D"/>
     <w:rsid w:val="00075BA4"/>
     <w:rsid w:val="00082629"/>
     <w:rsid w:val="000E2A86"/>
     <w:rsid w:val="000F6F08"/>
     <w:rsid w:val="00130527"/>
     <w:rsid w:val="001466DD"/>
     <w:rsid w:val="00155B3A"/>
     <w:rsid w:val="001854DA"/>
     <w:rsid w:val="001A3EE5"/>
     <w:rsid w:val="001A66BD"/>
     <w:rsid w:val="001C17D4"/>
     <w:rsid w:val="001D626D"/>
     <w:rsid w:val="001E3273"/>
+    <w:rsid w:val="00205E03"/>
     <w:rsid w:val="0021794F"/>
     <w:rsid w:val="00220116"/>
     <w:rsid w:val="00230DB8"/>
     <w:rsid w:val="00232310"/>
+    <w:rsid w:val="002425E8"/>
+    <w:rsid w:val="00256714"/>
     <w:rsid w:val="002868F1"/>
     <w:rsid w:val="002A2638"/>
     <w:rsid w:val="002B6A33"/>
     <w:rsid w:val="002E79E5"/>
     <w:rsid w:val="003300FD"/>
+    <w:rsid w:val="00394621"/>
     <w:rsid w:val="003C1B45"/>
     <w:rsid w:val="003F5810"/>
     <w:rsid w:val="00437700"/>
     <w:rsid w:val="004A38B6"/>
+    <w:rsid w:val="004D07BE"/>
+    <w:rsid w:val="004E5831"/>
     <w:rsid w:val="00506052"/>
     <w:rsid w:val="005241C6"/>
     <w:rsid w:val="0052792B"/>
     <w:rsid w:val="00535356"/>
     <w:rsid w:val="00557755"/>
     <w:rsid w:val="00590FCC"/>
     <w:rsid w:val="005F205B"/>
     <w:rsid w:val="006054EF"/>
     <w:rsid w:val="00606B7D"/>
+    <w:rsid w:val="006079BD"/>
     <w:rsid w:val="00641732"/>
     <w:rsid w:val="00664799"/>
     <w:rsid w:val="006C7553"/>
     <w:rsid w:val="006E3131"/>
     <w:rsid w:val="00705545"/>
     <w:rsid w:val="00714F0F"/>
+    <w:rsid w:val="00736E53"/>
     <w:rsid w:val="00760C5B"/>
     <w:rsid w:val="00760C9E"/>
     <w:rsid w:val="007A40F7"/>
     <w:rsid w:val="007C7584"/>
     <w:rsid w:val="007F40B0"/>
     <w:rsid w:val="0081425C"/>
     <w:rsid w:val="0083686E"/>
     <w:rsid w:val="00855898"/>
     <w:rsid w:val="00877AE1"/>
     <w:rsid w:val="00884BDD"/>
+    <w:rsid w:val="008D6A04"/>
     <w:rsid w:val="008E7C76"/>
     <w:rsid w:val="008F40FD"/>
     <w:rsid w:val="00925C6A"/>
     <w:rsid w:val="00957F5B"/>
     <w:rsid w:val="0098366B"/>
+    <w:rsid w:val="009C6A70"/>
     <w:rsid w:val="009D3A2B"/>
     <w:rsid w:val="00A3013C"/>
     <w:rsid w:val="00A32D24"/>
     <w:rsid w:val="00A42F8D"/>
     <w:rsid w:val="00B170AA"/>
     <w:rsid w:val="00B276F2"/>
     <w:rsid w:val="00BB63C2"/>
     <w:rsid w:val="00C67831"/>
+    <w:rsid w:val="00C934DF"/>
     <w:rsid w:val="00CE4891"/>
     <w:rsid w:val="00D236D6"/>
     <w:rsid w:val="00D84473"/>
     <w:rsid w:val="00D851EB"/>
     <w:rsid w:val="00DB43D0"/>
     <w:rsid w:val="00DF6A10"/>
     <w:rsid w:val="00E35896"/>
     <w:rsid w:val="00E73391"/>
     <w:rsid w:val="00EA40EF"/>
     <w:rsid w:val="00EC16E3"/>
+    <w:rsid w:val="00F04809"/>
     <w:rsid w:val="00F3418A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
@@ -3490,51 +4927,50 @@
   </w:style>
   <w:style w:type="paragraph" w:styleId="Titolo9">
     <w:name w:val="heading 9"/>
     <w:basedOn w:val="Normale"/>
     <w:next w:val="Normale"/>
     <w:link w:val="Titolo9Carattere"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="00606B7D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:after="0"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Carpredefinitoparagrafo">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabellanormale">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Nessunelenco">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo1Carattere">
     <w:name w:val="Titolo 1 Carattere"/>
@@ -3951,54 +5387,54 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo2025-26Carattere">
     <w:name w:val="Titolo 2025-26 Carattere"/>
     <w:basedOn w:val="Titoli2025-26Carattere"/>
     <w:link w:val="Titolo2025-26"/>
     <w:rsid w:val="00CE4891"/>
     <w:rPr>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:color w:val="153D63" w:themeColor="text2" w:themeTint="E6"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:shd w:val="clear" w:color="auto" w:fill="16457A"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema di Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
@@ -4273,70 +5709,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E3F483AE-230D-475C-8A22-728210261622}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>10</Pages>
-[...1 lines deleted...]
-  <Characters>14326</Characters>
+  <Pages>9</Pages>
+  <Words>2161</Words>
+  <Characters>12319</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>119</Lines>
-  <Paragraphs>33</Paragraphs>
+  <Lines>102</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>16806</CharactersWithSpaces>
+  <CharactersWithSpaces>14452</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alberto Macchiavello</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>